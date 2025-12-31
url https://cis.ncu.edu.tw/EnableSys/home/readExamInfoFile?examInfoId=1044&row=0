--- v0 (2025-10-30)
+++ v1 (2025-12-31)
@@ -1,1754 +1,2848 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5F77B303" w14:textId="732B83E9" w:rsidR="00FE1A57" w:rsidRPr="00E614A3" w:rsidRDefault="00FE1A57" w:rsidP="0088138E">
+    <w:p w14:paraId="4FAA2A2C" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>115</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>學年度身心障礙學生升學大專校院甄試</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E20AA9B" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:line="400" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E614A3">
-[...43 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>准考證補發申請表</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563DE73B" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:wordWrap w:val="0"/>
+        <w:spacing w:line="320" w:lineRule="exact"/>
+        <w:ind w:firstLine="2563"/>
+        <w:jc w:val="right"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>准考證</w:t>
-[...27 lines deleted...]
-        <w:jc w:val="right"/>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:u w:val="single"/>
-[...22 lines deleted...]
-      <w:r w:rsidR="000E5791" w:rsidRPr="00E614A3">
+        </w:rPr>
+        <w:t>編號：</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>編號：</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9826" w:type="dxa"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="10774" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblCellMar>
-          <w:left w:w="28" w:type="dxa"/>
-          <w:right w:w="28" w:type="dxa"/>
+          <w:left w:w="10" w:type="dxa"/>
+          <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3823"/>
-        <w:gridCol w:w="6003"/>
+        <w:gridCol w:w="1384"/>
+        <w:gridCol w:w="2161"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000733AB" w:rsidRPr="00E614A3" w14:paraId="729C9EF7" w14:textId="77777777" w:rsidTr="00DC3F6F">
+      <w:tr w:rsidR="00045C4C" w14:paraId="050E7AFF" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09AEAD59" w14:textId="77777777" w:rsidR="000733AB" w:rsidRPr="00E614A3" w:rsidRDefault="000733AB" w:rsidP="000733AB">
+          <w:p w14:paraId="1FDCA3FE" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:jc w:val="distribute"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E614A3">
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>考生姓名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6003" w:type="dxa"/>
+            <w:tcW w:w="2161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D3CDAA5" w14:textId="77777777" w:rsidR="000733AB" w:rsidRPr="00E614A3" w:rsidRDefault="000733AB" w:rsidP="00E05583">
+          <w:p w14:paraId="6E8C0DC7" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00045C4C">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF98894" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>准考證號</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F93DDA" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00045C4C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC6B4DA" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>身分證字號</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E14F52B" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00045C4C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E5791" w:rsidRPr="00E614A3" w14:paraId="452F0F8C" w14:textId="77777777" w:rsidTr="00DC3F6F">
+      <w:tr w:rsidR="00045C4C" w14:paraId="6FAEA52D" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8B5E51" w14:textId="77777777" w:rsidR="000E5791" w:rsidRPr="00E614A3" w:rsidRDefault="000E5791" w:rsidP="000E5791">
+          <w:p w14:paraId="17912C3B" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:jc w:val="distribute"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E614A3">
-[...5 lines deleted...]
-              <w:t>准考證號</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>區</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6003" w:type="dxa"/>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66AE3B8A" w14:textId="77777777" w:rsidR="000E5791" w:rsidRPr="00E614A3" w:rsidRDefault="000E5791" w:rsidP="00E05583">
+          <w:p w14:paraId="375A91A0" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:spacing w:before="108" w:after="108"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>北部</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>一</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考區</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>北部</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>二</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考區</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>北部</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>三</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考區</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>北部</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>四</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考區</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>北部</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>五</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考區</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="289177D3" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="108" w:after="108"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>中部</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>一</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考區</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>中</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>部</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>二</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考區</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□南</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>部</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>一</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考區</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>南</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>部</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>二</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考區</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□東</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>部考區</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00045C4C" w14:paraId="133244FB" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1020"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A03B326" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>障</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>礙</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>別</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AFC7FC4" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:before="108" w:after="108"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>視覺障礙生</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>聽覺障礙生</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>腦性麻痺生</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>自</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>閉症生</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>學習障礙生</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63BE3634" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:before="108" w:after="108"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>肢體障礙生</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>其他障礙生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00045C4C" w14:paraId="0BFD9F71" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8D0DBB" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>學</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>制</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>別</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2161" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6054696B" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:before="36" w:after="36"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>大</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>學</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>組</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="215D0756" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:before="36" w:after="36"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>四技二專組</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08EF4370" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl/>
+              <w:spacing w:before="36" w:after="36"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>二</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>技</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>組</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFAE751" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>類群組</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體" w:cs="標楷體"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>別</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D890123" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00045C4C">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000733AB" w:rsidRPr="00E614A3" w14:paraId="560C58F8" w14:textId="77777777" w:rsidTr="00DC3F6F">
+      <w:tr w:rsidR="00045C4C" w14:paraId="32316C81" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="397455B6" w14:textId="77777777" w:rsidR="000733AB" w:rsidRPr="00E614A3" w:rsidRDefault="000E5791" w:rsidP="000E5791">
+          <w:p w14:paraId="1BDA721E" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:jc w:val="distribute"/>
-[...4 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="00E614A3">
-[...21 lines deleted...]
-              <w:t>分證統一編號</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:spacing w:val="156"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>申請補發原</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>因</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6003" w:type="dxa"/>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F08F784" w14:textId="77777777" w:rsidR="000733AB" w:rsidRPr="00E614A3" w:rsidRDefault="000733AB" w:rsidP="00E05583">
+          <w:p w14:paraId="2658A7FD" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> □</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>准考證遺失</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>其它：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00045C4C" w14:paraId="54F8FF44" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="794"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3545" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1C514E" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>收件人</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>收件地址</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(3/11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>前適用</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3267D8E8" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> □考生(考生通訊地址)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>□</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>團報學校</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00045C4C" w14:paraId="59F4545C" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="794"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F65BC60" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考生簽章</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9390" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF8A590" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00045C4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A602D7" w:rsidRPr="00E614A3" w14:paraId="0406A93A" w14:textId="77777777" w:rsidTr="00DC3F6F">
+      <w:tr w:rsidR="00045C4C" w14:paraId="74750D94" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="1384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32BE1004" w14:textId="77777777" w:rsidR="00A602D7" w:rsidRPr="00E614A3" w:rsidRDefault="00A602D7" w:rsidP="00A602D7">
+          <w:p w14:paraId="0D553F77" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
             <w:pPr>
-              <w:jc w:val="distribute"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E614A3">
-[...5 lines deleted...]
-              <w:t>考區</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>補發日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6003" w:type="dxa"/>
+            <w:tcW w:w="3578" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40792ED6" w14:textId="77777777" w:rsidR="00A602D7" w:rsidRPr="00E614A3" w:rsidRDefault="00A602D7" w:rsidP="00A602D7">
+          <w:p w14:paraId="1A707D3E" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">年　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　月</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68817229" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>補發時間</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>考試期間適用</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49058967" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00045C4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000733AB" w:rsidRPr="00E614A3" w14:paraId="12C1C032" w14:textId="77777777" w:rsidTr="00DC3F6F">
+      <w:tr w:rsidR="00045C4C" w14:paraId="18805827" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="4082"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:tcW w:w="10774" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="28" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="28" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E96D59D" w14:textId="77777777" w:rsidR="000733AB" w:rsidRPr="00E614A3" w:rsidRDefault="000733AB" w:rsidP="000E5791">
-[...496 lines deleted...]
-          <w:p w14:paraId="4D32BA31" w14:textId="77777777" w:rsidR="00A43072" w:rsidRDefault="00A43072" w:rsidP="00DC3F6F">
+          <w:p w14:paraId="4996ECD0" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>請黏貼</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E1DC00B" w14:textId="77777777" w:rsidR="00DC3F6F" w:rsidRDefault="00DC3F6F" w:rsidP="00DC3F6F">
+          <w:p w14:paraId="3E07BFC1" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E614A3">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="標楷體"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>附有中華民國國民身分證統一編號</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="465D4275" w14:textId="77777777" w:rsidR="00DC3F6F" w:rsidRPr="00E614A3" w:rsidRDefault="00DC3F6F" w:rsidP="00DC3F6F">
+          <w:p w14:paraId="4A5420EF" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="標楷體"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E614A3">
-[...9 lines deleted...]
-              <w:t>影本</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>並貼有照片可資證明身分之證件影本</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(3/11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>前適用</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="標楷體"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F772412" w14:textId="16837692" w:rsidR="00F23153" w:rsidRPr="00E614A3" w:rsidRDefault="000E5791" w:rsidP="00A43072">
+    <w:p w14:paraId="0EC29628" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:ind w:left="566" w:hangingChars="236" w:hanging="566"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="180"/>
+        <w:ind w:left="510" w:hanging="510"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E614A3">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>註</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E614A3">
-[...41 lines deleted...]
-      <w:r w:rsidR="002E2295" w:rsidRPr="00E614A3">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>若於</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>115</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidR="002E2295" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="002E2295" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
-[...65 lines deleted...]
-      <w:r w:rsidR="00100FB9" w:rsidRPr="00E614A3">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>日前欲申請補發准考證，請</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>填妥此申請表</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>並黏貼上述證件影本，傳真</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>(03)422-3474</w:t>
       </w:r>
-      <w:r w:rsidR="00A43072" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>或</w:t>
       </w:r>
-      <w:r w:rsidR="00A43072" w:rsidRPr="00A43072">
-[...13 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E-mail</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00A43072" w:rsidRPr="00E614A3">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:eastAsia="標楷體"/>
           </w:rPr>
           <w:t>saraliao@ncu.edu.tw</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E614A3" w:rsidRPr="00E614A3">
-[...27 lines deleted...]
-        <w:t>。</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>至本甄試委員會，補發之准考證將於收件後以掛號方式寄出。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28AFA1E1" w14:textId="5CE7302B" w:rsidR="0088138E" w:rsidRPr="00DC3F6F" w:rsidRDefault="0038320B" w:rsidP="00DC3F6F">
+    <w:p w14:paraId="5A0722AB" w14:textId="77777777" w:rsidR="00045C4C" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:ind w:left="600" w:hangingChars="250" w:hanging="600"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="510" w:hanging="510"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E614A3">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>註</w:t>
       </w:r>
-      <w:r w:rsidR="006E1A17" w:rsidRPr="00E614A3">
-[...11 lines deleted...]
-      <w:r w:rsidR="00425FA9" w:rsidRPr="00E614A3">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>於</w:t>
       </w:r>
-      <w:r w:rsidR="006E1A17" w:rsidRPr="00E614A3">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00E614A3">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>115</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
-[...65 lines deleted...]
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>日後欲申請補發准考證，請考生於考試期間向考區試</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>務</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>辦公室辦理。申請補發准考證時，應攜帶</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>提供</w:t>
       </w:r>
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>附有中華民國國民身分證統一編號並貼有照片可資證明身分之證件正本</w:t>
       </w:r>
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>例如</w:t>
       </w:r>
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>中華民國國民身分證、全民健康保險卡、汽機車駕照、中華民國身心障礙證明或護照等</w:t>
       </w:r>
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00C517DF" w:rsidRPr="00E614A3">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:t>，否則不予補發。</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>若於考試期間補證，考區僅需確認考生身分證件，無須黏貼影本，並請於本表空白處加蓋考區章戳。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0088138E" w:rsidRPr="00DC3F6F" w:rsidSect="0038320B">
-[...3 lines deleted...]
-      <w:docGrid w:type="lines" w:linePitch="360"/>
+    <w:sectPr w:rsidR="00045C4C">
+      <w:pgSz w:w="11907" w:h="16839"/>
+      <w:pgMar w:top="567" w:right="1134" w:bottom="284" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:type="lines" w:linePitch="363"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F882B37" w14:textId="77777777" w:rsidR="00381D2C" w:rsidRDefault="00381D2C" w:rsidP="00C579CB">
+    <w:p w14:paraId="2C4FC3AF" w14:textId="77777777" w:rsidR="00282AB8" w:rsidRDefault="00282AB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1372363F" w14:textId="77777777" w:rsidR="00381D2C" w:rsidRDefault="00381D2C" w:rsidP="00C579CB">
+    <w:p w14:paraId="702AB101" w14:textId="77777777" w:rsidR="00282AB8" w:rsidRDefault="00282AB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74E20F53" w14:textId="77777777" w:rsidR="00381D2C" w:rsidRDefault="00381D2C" w:rsidP="00C579CB">
-      <w:r>
+    <w:p w14:paraId="130B156B" w14:textId="77777777" w:rsidR="00282AB8" w:rsidRDefault="00282AB8">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="134165FD" w14:textId="77777777" w:rsidR="00381D2C" w:rsidRDefault="00381D2C" w:rsidP="00C579CB">
+    <w:p w14:paraId="049E7CE8" w14:textId="77777777" w:rsidR="00282AB8" w:rsidRDefault="00282AB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="480"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-[...7 lines deleted...]
-  </w:hdrShapeDefaults>
+  <w:autoHyphenation/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:spaceForUL/>
-[...4 lines deleted...]
-    <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008E7F3C"/>
-[...107 lines deleted...]
-    <w:rsid w:val="00FE370C"/>
+    <w:rsidRoot w:val="00045C4C"/>
+    <w:rsid w:val="00045C4C"/>
+    <w:rsid w:val="00282AB8"/>
+    <w:rsid w:val="00586BBE"/>
+    <w:rsid w:val="007706A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="5D133B9A"/>
-  <w15:docId w15:val="{DA08F92D-E413-4E9F-9F4D-9B11CC274751}"/>
+  <w14:docId w14:val="7EA9B9F6"/>
+  <w15:docId w15:val="{FC215FB5-AE69-4F62-B541-409FD659DB52}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:kern w:val="2"/>
+        <w:kern w:val="3"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-[...8 lines deleted...]
-    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1770,51 +2864,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1996,503 +3090,464 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AC1F60"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C579CB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="頁首 字元"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C579CB"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
-      <w:kern w:val="2"/>
+      <w:kern w:val="3"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C579CB"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="頁尾 字元"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C579CB"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
-      <w:kern w:val="2"/>
+      <w:kern w:val="3"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a7">
-[...15 lines deleted...]
-  <w:style w:type="character" w:styleId="a8">
+  <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E614A3"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
+  <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BB70B7"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saraliao@ncu.edu.tw" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:saraliao@ncu.edu.tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="Normal" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>350</Words>
-  <Characters>201</Characters>
+  <Words>119</Words>
+  <Characters>682</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>NHI</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>550</CharactersWithSpaces>
+  <CharactersWithSpaces>800</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>A000000</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>